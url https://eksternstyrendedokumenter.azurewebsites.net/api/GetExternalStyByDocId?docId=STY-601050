--- v0 (2025-10-09)
+++ v1 (2025-11-28)
@@ -22396,102 +22396,104 @@
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps6.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <root>
   <Dokumenttittel/>
   <Tittel/>
 </root>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <customXmlPart xmlns="http://software-innovation/documentproduction">
   <view>
     <fields>
       <field datasource="TITLE" TITLE="">Sikkert arbeid i og ved Bane NORs infrastruktur - prosedyre
 </field>
       <field datasource="ANSVARLIG" ANSVARLIG="">Bjurstrøm, Eivind</field>
       <field datasource="DOCID" DOCID="">STY-601050</field>
       <field datasource="GODKJENTAV" GODKJENTAV="">Bråtebæk, Henning</field>
-      <field datasource="REV" REV="">028</field>
+      <field datasource="REV" REV="">029</field>
       <field datasource="GYLDIG" GYLDIG="">08.04.2025</field>
-      <field datasource="DATE" DATE="">22.04.2025</field>
-[...1 lines deleted...]
-      <field datasource="REVISJONSBESK" REVISJONSBESK="">STY-605086, HSV og LSV prosedyre er innlemmet i dokumentet. Dette gjelder også STY-602545 , Personlig sikkerhet ved befaring ved spor. Krav til utpekt person for kontroll av HSV-logg tatt inn i dokumentet. Tatt bort kommentarer.</field>
+      <field datasource="DATE" DATE="">12.11.2025</field>
+      <field datasource="DOKTYPE" DOKTYPE="">Prosedyre</field>
+      <field datasource="REVISJONSBESK" REVISJONSBESK="">STY-605086, HSV og LSV prosedyre er innlemmet i dokumentet. Dette gjelder også STY-602545 , Personlig sikkerhet ved befaring ved spor. Krav til utpekt person for kontroll av HSV-logg tatt inn i dokumentet. Tatt bort endringsmarkering.</field>
       <field datasource="BET_SIKKERHET" BET_SIKKERHET="">Nei. Stillingen innehar ikke roller som utfører arbeidsoppgaver av betydning for sikkerheten.</field>
     </fields>
   </view>
 </customXmlPart>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x010100AC538DAD58BB614B9B200A7515CC6706" ma:contentTypeVersion="12" ma:contentTypeDescription="Opprett et nytt dokument." ma:contentTypeScope="" ma:versionID="1c0794f2fe88e2fc404a2202aba1ba09">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="732391b8-43f6-4bb1-bde3-56b95ab0de03" xmlns:ns3="732a5ba0-cd21-4741-87b0-375baf7aa97f" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="bc74b2170fe917aa39a46ffd005d0279" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x010100AC538DAD58BB614B9B200A7515CC6706" ma:contentTypeVersion="14" ma:contentTypeDescription="Opprett et nytt dokument." ma:contentTypeScope="" ma:versionID="1a3385a39385caa91fe6bee3a611faae">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="732391b8-43f6-4bb1-bde3-56b95ab0de03" xmlns:ns3="732a5ba0-cd21-4741-87b0-375baf7aa97f" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="eb41686e6b511900d8b10a316b8a48b1" ns2:_="" ns3:_="">
     <xsd:import namespace="732391b8-43f6-4bb1-bde3-56b95ab0de03"/>
     <xsd:import namespace="732a5ba0-cd21-4741-87b0-375baf7aa97f"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:proarcApprovedDate" minOccurs="0"/>
                 <xsd:element ref="ns2:proarcBrukerid" minOccurs="0"/>
                 <xsd:element ref="ns2:proarcDocumentId" minOccurs="0"/>
                 <xsd:element ref="ns2:proarcDocumentRevision" minOccurs="0"/>
                 <xsd:element ref="ns2:proarcDocumentType" minOccurs="0"/>
                 <xsd:element ref="ns2:proarcDokansvar" minOccurs="0"/>
                 <xsd:element ref="ns2:proarcEksternTilgang" minOccurs="0"/>
                 <xsd:element ref="ns2:proarcGyldigFra" minOccurs="0"/>
                 <xsd:element ref="ns2:proarcHovedenhet_besk" minOccurs="0"/>
                 <xsd:element ref="ns2:proarcKategori" minOccurs="0"/>
                 <xsd:element ref="ns2:proarcKonsernomr" minOccurs="0"/>
                 <xsd:element ref="ns2:proarcMappedDokType" minOccurs="0"/>
                 <xsd:element ref="ns2:proarcParent" minOccurs="0"/>
                 <xsd:element ref="ns2:proarcStatus" minOccurs="0"/>
                 <xsd:element ref="ns2:proarcTitle" minOccurs="0"/>
                 <xsd:element ref="ns2:proarcUnderenhet_besk" minOccurs="0"/>
                 <xsd:element ref="ns2:Utgatt" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:Revisjonskommentar" minOccurs="0"/>
                 <xsd:element ref="ns2:KonsernstandardType" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:STYRING_ANSBESK" minOccurs="0"/>
                 <xsd:element ref="ns2:STYRING_GODKJ_BESK" minOccurs="0"/>
                 <xsd:element ref="ns2:NyKonsernstandardType" minOccurs="0"/>
+                <xsd:element ref="ns2:dokumenteier" minOccurs="0"/>
+                <xsd:element ref="ns2:dokumentansvarlig" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="732391b8-43f6-4bb1-bde3-56b95ab0de03" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="proarcApprovedDate" ma:index="8" nillable="true" ma:displayName="proarcApprovedDate" ma:format="DateTime" ma:internalName="proarcApprovedDate" ma:readOnly="false">
       <xsd:simpleType>
         <xsd:restriction base="dms:DateTime"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="proarcBrukerid" ma:index="9" nillable="true" ma:displayName="proarcBrukerid" ma:internalName="proarcBrukerid" ma:readOnly="false">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="proarcDocumentId" ma:index="10" nillable="true" ma:displayName="proarcDocumentId" ma:indexed="true" ma:internalName="proarcDocumentId" ma:readOnly="false">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text">
@@ -22622,50 +22624,88 @@
       <xsd:simpleType>
         <xsd:restriction base="dms:Text">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="STYRING_GODKJ_BESK" ma:index="32" nillable="true" ma:displayName="STYRING_GODKJ_BESK" ma:description="Godkjennes av" ma:format="Dropdown" ma:internalName="STYRING_GODKJ_BESK">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="NyKonsernstandardType" ma:index="33" nillable="true" ma:displayName="NyKonsernstandardType" ma:format="Dropdown" ma:internalName="NyKonsernstandardType">
       <xsd:simpleType>
         <xsd:restriction base="dms:Choice">
           <xsd:enumeration value="Kjerneprosesser"/>
           <xsd:enumeration value="Støtteprosesser1"/>
           <xsd:enumeration value="Støtteprosesser2"/>
           <xsd:enumeration value="Styringsprosesser1"/>
           <xsd:enumeration value="Styringsprosesser2"/>
           <xsd:enumeration value="Styringsprosesser3"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
+    <xsd:element name="dokumenteier" ma:index="34" nillable="true" ma:displayName="dokumenteier" ma:list="UserInfo" ma:SharePointGroup="0" ma:internalName="dokumenteier" ma:showField="Title">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:User">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="dokumentansvarlig" ma:index="35" nillable="true" ma:displayName="dokumentansvarlig" ma:list="UserInfo" ma:SharePointGroup="0" ma:internalName="dokumentansvarlig" ma:showField="Title">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:User">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="732a5ba0-cd21-4741-87b0-375baf7aa97f" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="SharedWithUsers" ma:index="25" nillable="true" ma:displayName="Delt med" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="SharedWithDetails" ma:index="26" nillable="true" ma:displayName="Delingsdetaljer" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
@@ -22766,107 +22806,121 @@
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <KonsernstandardType xmlns="732391b8-43f6-4bb1-bde3-56b95ab0de03">Støtteprosesser</KonsernstandardType>
     <proarcKonsernomr xmlns="732391b8-43f6-4bb1-bde3-56b95ab0de03">Sikkerhetsstyring</proarcKonsernomr>
+    <dokumenteier xmlns="732391b8-43f6-4bb1-bde3-56b95ab0de03">
+      <UserInfo>
+        <DisplayName>Bråtebæk Henning</DisplayName>
+        <AccountId>5890</AccountId>
+        <AccountType/>
+      </UserInfo>
+    </dokumenteier>
     <proarcUnderenhet_besk xmlns="732391b8-43f6-4bb1-bde3-56b95ab0de03">Drift og vedlikehold</proarcUnderenhet_besk>
     <proarcStatus xmlns="732391b8-43f6-4bb1-bde3-56b95ab0de03">GODKJENT</proarcStatus>
-    <proarcDocumentType xmlns="732391b8-43f6-4bb1-bde3-56b95ab0de03">Konsernprosedyre</proarcDocumentType>
+    <proarcDocumentType xmlns="732391b8-43f6-4bb1-bde3-56b95ab0de03">Prosedyre</proarcDocumentType>
     <Revisjonskommentar xmlns="732391b8-43f6-4bb1-bde3-56b95ab0de03" xsi:nil="true"/>
     <proarcTitle xmlns="732391b8-43f6-4bb1-bde3-56b95ab0de03">Sikkert arbeid i og ved Bane NORs infrastruktur - prosedyre
 </proarcTitle>
-    <proarcGyldigFra xmlns="732391b8-43f6-4bb1-bde3-56b95ab0de03">2025-04-07T22:00:00+00:00</proarcGyldigFra>
+    <dokumentansvarlig xmlns="732391b8-43f6-4bb1-bde3-56b95ab0de03">
+      <UserInfo>
+        <DisplayName>Bjurstrøm Eivind</DisplayName>
+        <AccountId>5235</AccountId>
+        <AccountType/>
+      </UserInfo>
+    </dokumentansvarlig>
     <proarcKategori xmlns="732391b8-43f6-4bb1-bde3-56b95ab0de03">Styrende dokumenter</proarcKategori>
-    <proarcParent xmlns="732391b8-43f6-4bb1-bde3-56b95ab0de03">STY-604893</proarcParent>
-    <proarcDokansvar xmlns="732391b8-43f6-4bb1-bde3-56b95ab0de03">BJUEIV</proarcDokansvar>
     <proarcHovedenhet_besk xmlns="732391b8-43f6-4bb1-bde3-56b95ab0de03">Drift og vedlikehold</proarcHovedenhet_besk>
     <proarcEksternTilgang xmlns="732391b8-43f6-4bb1-bde3-56b95ab0de03">Ja</proarcEksternTilgang>
     <STYRING_ANSBESK xmlns="732391b8-43f6-4bb1-bde3-56b95ab0de03">Bjurstrøm, Eivind</STYRING_ANSBESK>
     <proarcBrukerid xmlns="732391b8-43f6-4bb1-bde3-56b95ab0de03">BRATEH</proarcBrukerid>
-    <proarcApprovedDate xmlns="732391b8-43f6-4bb1-bde3-56b95ab0de03">2025-04-22T07:25:00+00:00</proarcApprovedDate>
+    <proarcApprovedDate xmlns="732391b8-43f6-4bb1-bde3-56b95ab0de03">2025-11-12T09:04:11+00:00</proarcApprovedDate>
     <NyKonsernstandardType xmlns="732391b8-43f6-4bb1-bde3-56b95ab0de03" xsi:nil="true"/>
     <proarcDocumentId xmlns="732391b8-43f6-4bb1-bde3-56b95ab0de03">STY-601050</proarcDocumentId>
     <STYRING_GODKJ_BESK xmlns="732391b8-43f6-4bb1-bde3-56b95ab0de03">Bråtebæk, Henning</STYRING_GODKJ_BESK>
-    <proarcDocumentRevision xmlns="732391b8-43f6-4bb1-bde3-56b95ab0de03">028</proarcDocumentRevision>
+    <proarcDocumentRevision xmlns="732391b8-43f6-4bb1-bde3-56b95ab0de03">029</proarcDocumentRevision>
     <Utgatt xmlns="732391b8-43f6-4bb1-bde3-56b95ab0de03">false</Utgatt>
-    <proarcMappedDokType xmlns="732391b8-43f6-4bb1-bde3-56b95ab0de03">Konsernprosedyre</proarcMappedDokType>
+    <proarcMappedDokType xmlns="732391b8-43f6-4bb1-bde3-56b95ab0de03">Prosedyre</proarcMappedDokType>
+    <proarcGyldigFra xmlns="732391b8-43f6-4bb1-bde3-56b95ab0de03">2025-04-07T22:00:00+00:00</proarcGyldigFra>
+    <proarcParent xmlns="732391b8-43f6-4bb1-bde3-56b95ab0de03">STY-604893</proarcParent>
+    <proarcDokansvar xmlns="732391b8-43f6-4bb1-bde3-56b95ab0de03">BJUEIV</proarcDokansvar>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E76A52D9-9C36-4A95-A355-D17316ECC59A}">
   <ds:schemaRefs/>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EE2D314F-DE7E-4FB6-99CE-78C2DFFCD77D}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://software-innovation/documentproduction"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{43AA768F-0E5F-4E0E-A527-9255A44DA930}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F4D9DD1D-0B18-406A-890C-3FD3CFD4A281}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{75350D3B-B024-42D3-8106-22EEF39F93CE}"/>
 </file>
 
 <file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B1E4D1E7-34A0-4C7D-9567-895E82B24035}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A7A3AAAC-E349-410E-BD46-0DD38C8A80BA}"/>
 </file>
 
 <file path=customXml/itemProps6.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5995DBCD-EDEB-4D9D-8897-33B9A7580765}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AC748F69-20EE-4B24-8FE1-4D8B91A0505A}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>15</Pages>
   <Words>5899</Words>
   <Characters>31268</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>260</Lines>
   <Paragraphs>74</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Tittel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>